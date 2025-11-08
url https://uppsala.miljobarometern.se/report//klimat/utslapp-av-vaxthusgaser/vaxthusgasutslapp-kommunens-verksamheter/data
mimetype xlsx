--- v0 (2025-11-08)
+++ v1 (2025-11-08)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R86314d591e85499d91c69890c5eee323"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd3824c7626db4d549012d9172249687c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R86314d591e85499d91c69890c5eee323" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd3824c7626db4d549012d9172249687c" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F89"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>