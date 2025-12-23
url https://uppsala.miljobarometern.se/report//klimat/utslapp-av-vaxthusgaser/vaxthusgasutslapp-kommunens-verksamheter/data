--- v1 (2025-11-08)
+++ v2 (2025-12-23)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd3824c7626db4d549012d9172249687c"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R9b117bf4145c4874880fb61fd856a7d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd3824c7626db4d549012d9172249687c" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9b117bf4145c4874880fb61fd856a7d6" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F89"/>
+  <x:dimension ref="A1:F96"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="50" customWidth="1"/>
     <x:col min="2" max="2" width="11.6" customWidth="1"/>
     <x:col min="3" max="3" width="22.4" customWidth="1"/>
     <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
     <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
     <x:col min="6" max="6" width="16.4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
@@ -1849,29 +1849,169 @@
       </x:c>
       <x:c r="F88" t="n" s="2">
         <x:v>0.635514</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" t="str" s="2">
         <x:v>Växthusgasutsläpp kommunens verksamheter</x:v>
       </x:c>
       <x:c r="B89" t="str" s="2">
         <x:v>SE.1.1.4</x:v>
       </x:c>
       <x:c r="C89" t="str" s="2">
         <x:v>Tåg</x:v>
       </x:c>
       <x:c r="D89" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E89" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F89" t="n" s="2">
         <x:v>0.483838</x:v>
       </x:c>
     </x:row>
+    <x:row r="90">
+      <x:c r="A90" t="str" s="2">
+        <x:v>Växthusgasutsläpp kommunens verksamheter</x:v>
+      </x:c>
+      <x:c r="B90" t="str" s="2">
+        <x:v>SE.1.1.4</x:v>
+      </x:c>
+      <x:c r="C90" t="str" s="2">
+        <x:v>Totalt</x:v>
+      </x:c>
+      <x:c r="D90" s="3">
+        <x:v>43465</x:v>
+      </x:c>
+      <x:c r="E90" t="n" s="2">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="F90" t="n" s="2">
+        <x:v>73352.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91">
+      <x:c r="A91" t="str" s="2">
+        <x:v>Växthusgasutsläpp kommunens verksamheter</x:v>
+      </x:c>
+      <x:c r="B91" t="str" s="2">
+        <x:v>SE.1.1.4</x:v>
+      </x:c>
+      <x:c r="C91" t="str" s="2">
+        <x:v>Totalt</x:v>
+      </x:c>
+      <x:c r="D91" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E91" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F91" t="n" s="2">
+        <x:v>62968.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92">
+      <x:c r="A92" t="str" s="2">
+        <x:v>Växthusgasutsläpp kommunens verksamheter</x:v>
+      </x:c>
+      <x:c r="B92" t="str" s="2">
+        <x:v>SE.1.1.4</x:v>
+      </x:c>
+      <x:c r="C92" t="str" s="2">
+        <x:v>Totalt</x:v>
+      </x:c>
+      <x:c r="D92" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E92" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F92" t="n" s="2">
+        <x:v>37533.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93">
+      <x:c r="A93" t="str" s="2">
+        <x:v>Växthusgasutsläpp kommunens verksamheter</x:v>
+      </x:c>
+      <x:c r="B93" t="str" s="2">
+        <x:v>SE.1.1.4</x:v>
+      </x:c>
+      <x:c r="C93" t="str" s="2">
+        <x:v>Totalt</x:v>
+      </x:c>
+      <x:c r="D93" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E93" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F93" t="n" s="2">
+        <x:v>35716.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94">
+      <x:c r="A94" t="str" s="2">
+        <x:v>Växthusgasutsläpp kommunens verksamheter</x:v>
+      </x:c>
+      <x:c r="B94" t="str" s="2">
+        <x:v>SE.1.1.4</x:v>
+      </x:c>
+      <x:c r="C94" t="str" s="2">
+        <x:v>Totalt</x:v>
+      </x:c>
+      <x:c r="D94" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E94" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F94" t="n" s="2">
+        <x:v>29189.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95">
+      <x:c r="A95" t="str" s="2">
+        <x:v>Växthusgasutsläpp kommunens verksamheter</x:v>
+      </x:c>
+      <x:c r="B95" t="str" s="2">
+        <x:v>SE.1.1.4</x:v>
+      </x:c>
+      <x:c r="C95" t="str" s="2">
+        <x:v>Totalt</x:v>
+      </x:c>
+      <x:c r="D95" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E95" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F95" t="n" s="2">
+        <x:v>26300.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96">
+      <x:c r="A96" t="str" s="2">
+        <x:v>Växthusgasutsläpp kommunens verksamheter</x:v>
+      </x:c>
+      <x:c r="B96" t="str" s="2">
+        <x:v>SE.1.1.4</x:v>
+      </x:c>
+      <x:c r="C96" t="str" s="2">
+        <x:v>Totalt</x:v>
+      </x:c>
+      <x:c r="D96" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E96" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F96" t="n" s="2">
+        <x:v>25814.82</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>