--- v2 (2025-12-23)
+++ v3 (2026-02-07)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R9b117bf4145c4874880fb61fd856a7d6"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rc1ca1509e7104265a480c24394275ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9b117bf4145c4874880fb61fd856a7d6" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc1ca1509e7104265a480c24394275ba5" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F96"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>