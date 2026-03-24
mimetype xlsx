--- v3 (2026-02-07)
+++ v4 (2026-03-24)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rc1ca1509e7104265a480c24394275ba5"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R4de1d99799a7440ca421fc898d40d8ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc1ca1509e7104265a480c24394275ba5" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4de1d99799a7440ca421fc898d40d8ab" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F96"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>