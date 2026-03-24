--- v4 (2026-03-24)
+++ v5 (2026-03-24)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R4de1d99799a7440ca421fc898d40d8ab"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rc3bcccd6d5d64336b5cc02190cd06847"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4de1d99799a7440ca421fc898d40d8ab" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc3bcccd6d5d64336b5cc02190cd06847" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F96"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>